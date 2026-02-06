--- v0 (2025-12-07)
+++ v1 (2026-02-06)
@@ -11,788 +11,794 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="熱門課程" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="539" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="539" uniqueCount="252">
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>課程名稱</t>
   </si>
   <si>
     <t>形式</t>
   </si>
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
     <t>6353</t>
   </si>
   <si>
     <t>教育人員共同課程-自殺的警訊、溝通、處遇與預防</t>
   </si>
   <si>
     <t>線上</t>
   </si>
   <si>
     <t>教育人員共同課程</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>14775</t>
+    <t>15090</t>
   </si>
   <si>
     <t>2022-01-01</t>
   </si>
   <si>
     <t>6352</t>
   </si>
   <si>
     <t>教育人員共同課程-自殺防治新觀點</t>
   </si>
   <si>
-    <t>10936</t>
+    <t>11300</t>
   </si>
   <si>
     <t>6355</t>
   </si>
   <si>
     <t>一般老師課程-「校園自殺防治」從自殺防治邁向心理健康促進</t>
   </si>
   <si>
     <t>一般老師課程</t>
   </si>
   <si>
-    <t>9182</t>
+    <t>9426</t>
   </si>
   <si>
     <t>6351</t>
   </si>
   <si>
     <t>教育人員共同課程-自殺防治法及相關子法規-立法的意涵及實踐</t>
   </si>
   <si>
-    <t>8643</t>
+    <t>8996</t>
   </si>
   <si>
     <t>6224</t>
   </si>
   <si>
     <t>長照人員-自殺的警訊、溝通、處遇與預防</t>
   </si>
   <si>
     <t>衛生福利部(長照人員)</t>
   </si>
   <si>
-    <t>8033</t>
+    <t>8357</t>
   </si>
   <si>
     <t>2021-01-01</t>
   </si>
   <si>
     <t>6225</t>
   </si>
   <si>
     <t>長照人員-自殺迷思與危險因子、保護因子介紹</t>
   </si>
   <si>
-    <t>5869</t>
+    <t>6058</t>
   </si>
   <si>
     <t>6391</t>
   </si>
   <si>
     <t>長照人員-自殺防治法及相關子法規-立法的意涵及實踐</t>
   </si>
   <si>
-    <t>5732</t>
+    <t>5955</t>
   </si>
   <si>
     <t>6358</t>
   </si>
   <si>
     <t>輔導老師課程-兒童青少年的憂鬱與自殺</t>
   </si>
   <si>
     <t>輔導老師課程</t>
   </si>
   <si>
-    <t>5299</t>
+    <t>5466</t>
   </si>
   <si>
     <t>6223</t>
   </si>
   <si>
     <t>長照人員-自殺防治新觀點</t>
   </si>
   <si>
-    <t>4341</t>
+    <t>4538</t>
   </si>
   <si>
     <t>6354</t>
   </si>
   <si>
     <t>教育人員共同課程-跨團隊的自殺防治:資源連結與轉介追蹤</t>
   </si>
   <si>
-    <t>4227</t>
+    <t>4344</t>
   </si>
   <si>
     <t>6228</t>
   </si>
   <si>
     <t>長照人員-家庭照顧者之自殺防治</t>
   </si>
   <si>
-    <t>4072</t>
+    <t>4212</t>
   </si>
   <si>
     <t>6229</t>
   </si>
   <si>
     <t>長照人員-常見精神疾病之處遇</t>
   </si>
   <si>
-    <t>4015</t>
+    <t>4137</t>
   </si>
   <si>
     <t>6226</t>
   </si>
   <si>
     <t>長照人員-跨團隊的自殺防治:資源連結與轉介追蹤</t>
   </si>
   <si>
-    <t>3910</t>
+    <t>4073</t>
   </si>
   <si>
     <t>6357</t>
   </si>
   <si>
     <t>輔導老師課程-青少年自殺防治</t>
   </si>
   <si>
-    <t>3258</t>
+    <t>3379</t>
   </si>
   <si>
     <t>6227</t>
   </si>
   <si>
     <t>長照人員-長照主要照顧者與自殺防治</t>
   </si>
   <si>
-    <t>3098</t>
+    <t>3271</t>
   </si>
   <si>
     <t>6360</t>
   </si>
   <si>
     <t>專業輔導人員課程-年輕族群重複自傷的處置</t>
   </si>
   <si>
     <t>專業輔導人員課程</t>
   </si>
   <si>
-    <t>2564</t>
+    <t>2653</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>善用心情溫度計</t>
   </si>
   <si>
     <t>珍愛生命守門人課程(一般民眾)</t>
   </si>
   <si>
-    <t>1855</t>
+    <t>1883</t>
   </si>
   <si>
     <t>2018-07-01</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
     <t>媒體與自殺防治：談自殺之多元成因與媒體呈現</t>
   </si>
   <si>
-    <t>1529</t>
+    <t>1563</t>
   </si>
   <si>
     <t>2018-12-24</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>自殺防治與守門人訓練</t>
   </si>
   <si>
-    <t>1504</t>
+    <t>1521</t>
   </si>
   <si>
     <t>6356</t>
   </si>
   <si>
     <t>一般老師課程-大專學生自殺防治的挑戰</t>
   </si>
   <si>
-    <t>1434</t>
+    <t>1486</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
     <t>媒體自殺事件報導須知</t>
   </si>
   <si>
-    <t>1143</t>
+    <t>1167</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
     <t>媒體自殺事件報導須知：理念分析與實務探討_吳佳儀</t>
   </si>
   <si>
-    <t>1059</t>
+    <t>1075</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
     <t>辨識與危機處遇技巧</t>
   </si>
   <si>
-    <t>1021</t>
+    <t>1049</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>一夜安穩到天明：談舒壓安眠與心理健康促進</t>
   </si>
   <si>
-    <t>944</t>
+    <t>965</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>守護校園心理健康：高自殺風險大學生之辨識與處遇</t>
   </si>
   <si>
-    <t>738</t>
+    <t>749</t>
   </si>
   <si>
     <t>6359</t>
   </si>
   <si>
     <t>專業輔導人員課程-精神病人合併自殺風險評估及關懷訪視重點</t>
   </si>
   <si>
-    <t>693</t>
+    <t>724</t>
+  </si>
+  <si>
+    <t>6338</t>
+  </si>
+  <si>
+    <t>內政部課程-精神病人合併自殺風險評估及關懷訪視重點</t>
+  </si>
+  <si>
+    <t>內政部</t>
+  </si>
+  <si>
+    <t>688</t>
   </si>
   <si>
     <t>6392</t>
   </si>
   <si>
     <t>社工-跨團隊的自殺防治：資源連結與轉介追蹤</t>
   </si>
   <si>
     <t>衛生福利部(社工人員)</t>
   </si>
   <si>
-    <t>631</t>
+    <t>645</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>軍人自我傷害防制</t>
   </si>
   <si>
-    <t>602</t>
-[...11 lines deleted...]
-    <t>548</t>
+    <t>607</t>
   </si>
   <si>
     <t>6389</t>
   </si>
   <si>
     <t>社工-自殺防治法及相關子法規-立法的意涵及實踐</t>
   </si>
   <si>
-    <t>511</t>
+    <t>522</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>職場百貨服務業中的自殺高風險者辨識回應與轉介</t>
   </si>
   <si>
-    <t>457</t>
+    <t>462</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>警察珍愛生命守門人</t>
   </si>
   <si>
-    <t>441</t>
+    <t>448</t>
   </si>
   <si>
     <t>6218</t>
   </si>
   <si>
     <t>社工-自殺的警訊、溝通、處遇與預防</t>
   </si>
   <si>
-    <t>398</t>
+    <t>407</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
-    <t>362</t>
+    <t>364</t>
   </si>
   <si>
     <t>6222</t>
   </si>
   <si>
     <t>社工-社區自殺風險評估與處置</t>
   </si>
   <si>
-    <t>340</t>
+    <t>347</t>
   </si>
   <si>
     <t>6219</t>
   </si>
   <si>
     <t>社工-自殺迷思與危險因子、保護因子介紹</t>
   </si>
   <si>
-    <t>324</t>
+    <t>333</t>
   </si>
   <si>
     <t>6217</t>
   </si>
   <si>
     <t>社工-自殺防治新觀點</t>
   </si>
   <si>
-    <t>307</t>
+    <t>316</t>
   </si>
   <si>
     <t>6221</t>
   </si>
   <si>
     <t>社工-年輕族群重複自傷的處置</t>
   </si>
   <si>
-    <t>260</t>
+    <t>265</t>
   </si>
   <si>
     <t>6388</t>
   </si>
   <si>
     <t>農委會課程-跨團隊的自殺防治:資源連結與轉介追蹤</t>
   </si>
   <si>
     <t>農委會</t>
   </si>
   <si>
-    <t>246</t>
+    <t>252</t>
   </si>
   <si>
     <t>6220</t>
   </si>
   <si>
     <t>社工-精神病人合併自殺風險評估及關懷訪視重點</t>
   </si>
   <si>
-    <t>241</t>
+    <t>251</t>
+  </si>
+  <si>
+    <t>6339</t>
+  </si>
+  <si>
+    <t>內政部課程-災難心理重建</t>
+  </si>
+  <si>
+    <t>237</t>
   </si>
   <si>
     <t>6386</t>
   </si>
   <si>
     <t>農委會課程-自殺防治新觀點</t>
   </si>
   <si>
-    <t>199</t>
-[...8 lines deleted...]
-    <t>198</t>
+    <t>203</t>
   </si>
   <si>
     <t>6387</t>
   </si>
   <si>
     <t>農委會課程-自殺的警訊、溝通、處遇與預防</t>
   </si>
   <si>
-    <t>181</t>
+    <t>186</t>
   </si>
   <si>
     <t>6384</t>
   </si>
   <si>
     <t>法務部課程-跨團隊的自殺防治:資源連結與轉介追蹤</t>
   </si>
   <si>
     <t>法務部</t>
   </si>
   <si>
-    <t>147</t>
+    <t>158</t>
   </si>
   <si>
     <t>6383</t>
   </si>
   <si>
     <t>法務部課程-自殺的警訊、溝通、處遇與預防</t>
   </si>
   <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>6363</t>
+  </si>
+  <si>
+    <t>勞動部課程-自殺的警訊、溝通、處遇與預防</t>
+  </si>
+  <si>
+    <t>勞動部</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>6381</t>
+  </si>
+  <si>
+    <t>法務部課程-自殺防治法及相關子法規-立法的意涵及實踐</t>
+  </si>
+  <si>
     <t>136</t>
   </si>
   <si>
-    <t>6363</t>
-[...17 lines deleted...]
-    <t>132</t>
+    <t>6371</t>
+  </si>
+  <si>
+    <t>國防部課程-自殺的警訊、溝通、處遇與預防</t>
+  </si>
+  <si>
+    <t>國防部</t>
+  </si>
+  <si>
+    <t>134</t>
   </si>
   <si>
     <t>6382</t>
   </si>
   <si>
     <t>法務部課程-自殺防治新觀點</t>
   </si>
   <si>
-    <t>123</t>
-[...11 lines deleted...]
-    <t>119</t>
+    <t>130</t>
   </si>
   <si>
     <t>6342</t>
   </si>
   <si>
     <t>勞動部課程-職場心理衛生與自殺防治</t>
   </si>
   <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>6340</t>
+  </si>
+  <si>
+    <t>勞動部課程-精神病人合併自殺風險評估及關懷訪視重點</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>6341</t>
+  </si>
+  <si>
+    <t>勞動部課程-災難心理重建</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>6362</t>
+  </si>
+  <si>
+    <t>勞動部課程-自殺防治新觀點</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>6369</t>
+  </si>
+  <si>
+    <t>國防部課程-自殺防治法及相關子法規-立法的意涵及實踐</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>6343</t>
+  </si>
+  <si>
+    <t>勞動部課程-職場心理衛生與自殺防治策略與實施</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>6379</t>
+  </si>
+  <si>
+    <t>通傳會課程-自殺的警訊、溝通、處遇與預防</t>
+  </si>
+  <si>
+    <t>國家通訊傳播委員會</t>
+  </si>
+  <si>
     <t>111</t>
   </si>
   <si>
-    <t>6379</t>
-[...32 lines deleted...]
-    <t>102</t>
+    <t>6364</t>
+  </si>
+  <si>
+    <t>勞動部課程-跨團隊的自殺防治:資源連結與轉介追蹤</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>6345</t>
+  </si>
+  <si>
+    <t>通傳會課程-網路與自殺/自殺新聞報導與教唆自殺之因應：實證分析與探討</t>
+  </si>
+  <si>
+    <t>6361</t>
+  </si>
+  <si>
+    <t>勞動部課程-自殺防治法及相關子法規-立法的意涵及實踐</t>
+  </si>
+  <si>
+    <t>109</t>
   </si>
   <si>
     <t>6367</t>
   </si>
   <si>
     <t>內政部課程-自殺的警訊、溝通、處遇與預防</t>
   </si>
   <si>
-    <t>6345</t>
-[...8 lines deleted...]
-    <t>勞動部課程-自殺防治法及相關子法規-立法的意涵及實踐</t>
+    <t>6370</t>
+  </si>
+  <si>
+    <t>國防部課程-自殺防治新觀點</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>6364</t>
-[...2 lines deleted...]
-    <t>勞動部課程-跨團隊的自殺防治:資源連結與轉介追蹤</t>
+    <t>6377</t>
+  </si>
+  <si>
+    <t>通傳會課程-自殺防治法及相關子法規-立法的意涵及實踐</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>6341</t>
-[...20 lines deleted...]
-    <t>通傳會課程-自殺防治法及相關子法規-立法的意涵及實踐</t>
+    <t>6380</t>
+  </si>
+  <si>
+    <t>通傳會課程-跨團隊的自殺防治:資源連結與轉介追蹤</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>6370</t>
-[...2 lines deleted...]
-    <t>國防部課程-自殺防治新觀點</t>
+    <t>6376</t>
+  </si>
+  <si>
+    <t>原民會課程-跨團隊的自殺防治:資源連結與轉介追蹤</t>
+  </si>
+  <si>
+    <t>原住民族委員會</t>
+  </si>
+  <si>
+    <t>6378</t>
+  </si>
+  <si>
+    <t>通傳會課程-自殺防治新觀點</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>6374</t>
+  </si>
+  <si>
+    <t>原民會課程-自殺防治新觀點</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>6380</t>
-[...2 lines deleted...]
-    <t>通傳會課程-跨團隊的自殺防治:資源連結與轉介追蹤</t>
+    <t>6385</t>
+  </si>
+  <si>
+    <t>農委會課程-自殺防治法及相關子法規-立法的意涵及實踐</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>6385</t>
-[...2 lines deleted...]
-    <t>農委會課程-自殺防治法及相關子法規-立法的意涵及實踐</t>
+    <t>6344</t>
+  </si>
+  <si>
+    <t>國防部課程-精神病人合併自殺風險評估及關懷訪視重點</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>6378</t>
-[...22 lines deleted...]
-  <si>
     <t>6375</t>
   </si>
   <si>
     <t>原民會課程-自殺的警訊、溝通、處遇與預防</t>
   </si>
   <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>6350</t>
+  </si>
+  <si>
+    <t>原民會課程-精神病人合併自殺風險評估及關懷訪視重點</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>6365</t>
+  </si>
+  <si>
+    <t>內政部課程-自殺防治法及相關子法規-立法的意涵及實踐</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>6368</t>
+  </si>
+  <si>
+    <t>內政部課程-跨團隊的自殺防治:資源連結與轉介追蹤</t>
+  </si>
+  <si>
     <t>82</t>
   </si>
   <si>
-    <t>6344</t>
-[...32 lines deleted...]
-    <t>74</t>
+    <t>6366</t>
+  </si>
+  <si>
+    <t>內政部課程-自殺防治新觀點</t>
+  </si>
+  <si>
+    <t>81</t>
   </si>
   <si>
     <t>6373</t>
   </si>
   <si>
     <t>原民會課程-自殺防治法及相關子法規-立法的意涵及實踐</t>
   </si>
   <si>
-    <t>73</t>
-[...8 lines deleted...]
-    <t>71</t>
+    <t>78</t>
   </si>
   <si>
     <t>6372</t>
   </si>
   <si>
     <t>國防部課程-跨團隊的自殺防治:資源連結與轉介追蹤</t>
   </si>
   <si>
-    <t>69</t>
+    <t>76</t>
   </si>
   <si>
     <t>6038</t>
   </si>
   <si>
     <t>欲修讀自殺防治人力課程請使用學習網開通帳號</t>
   </si>
   <si>
     <t>自殺防治相關人力訓練課程</t>
   </si>
   <si>
     <t>2021-02-05</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts x14ac:knownFonts="1" count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1499,97 +1505,97 @@
       </c>
       <c r="D28" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="s">
         <v>101</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>66</v>
+        <v>103</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>106</v>
+        <v>66</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>107</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>110</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E32" s="1" t="s">
@@ -1614,258 +1620,258 @@
       </c>
       <c r="D33" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>116</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="s">
         <v>117</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>119</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>121</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>124</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="s">
         <v>125</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>127</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>130</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>133</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>136</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>137</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>140</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="s">
         <v>141</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>106</v>
+        <v>136</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="s">
         <v>147</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>136</v>
       </c>
       <c r="E44" s="1" t="s">
@@ -1959,702 +1965,702 @@
       </c>
       <c r="D48" s="1" t="s">
         <v>152</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>163</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="s">
         <v>164</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>170</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>173</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="s">
         <v>180</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>182</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="s">
         <v>183</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>185</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>106</v>
+        <v>159</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>176</v>
+        <v>191</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>159</v>
+        <v>191</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>195</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B61" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" s="1" t="s">
         <v>200</v>
-      </c>
-[...10 lines deleted...]
-        <v>201</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>169</v>
+        <v>191</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>176</v>
+        <v>191</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="1" t="s">
         <v>211</v>
-      </c>
-[...13 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>176</v>
+        <v>191</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>218</v>
+        <v>136</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>218</v>
+        <v>166</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>169</v>
+        <v>214</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>218</v>
+        <v>99</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>106</v>
+        <v>214</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>FormosaSoft</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>